--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -1,72 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\koshoji01\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E06DF634-0B7F-42B7-A387-61B12B5C219C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3E038D7E-7AD6-4058-BD55-0E3BA5414995}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{14D6E5BA-E992-47B2-8889-6D2076E12EF8}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="40">
   <si>
     <t>所属寺院</t>
     <rPh sb="0" eb="2">
       <t>ショゾク</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ジイン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>教区</t>
     <rPh sb="0" eb="2">
       <t>キョウク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>組</t>
     <rPh sb="0" eb="1">
       <t>クミ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -222,60 +222,50 @@
   </si>
   <si>
     <t>E-mail</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>履 歴 書（ 得 度 ）</t>
     <rPh sb="0" eb="1">
       <t>クツ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>レキ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ショ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>トク</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ド</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>希望法名</t>
-[...8 lines deleted...]
-  <si>
     <t>タテ 36～40㎜</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ヨコ 24～30㎜</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>昭和  /  平成</t>
     <rPh sb="0" eb="2">
       <t>ショウワ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ヘイセイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t xml:space="preserve">  〒</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>T  E  L</t>
     <phoneticPr fontId="1"/>
   </si>
@@ -352,95 +342,81 @@
     </rPh>
     <rPh sb="5" eb="6">
       <t>ネン</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ツキ</t>
     </rPh>
     <rPh sb="12" eb="14">
       <t>ソツギョウ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>ソツギョウ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>ミコミ</t>
     </rPh>
     <rPh sb="34" eb="36">
       <t>ガクネン</t>
     </rPh>
     <rPh sb="36" eb="39">
       <t>ザイガクチュウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <r>
-[...20 lines deleted...]
-  <si>
     <t>寺院所在地</t>
     <rPh sb="0" eb="2">
       <t>ジイン</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>ショザイチ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>都 道</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>府 県</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>市 区</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>郡</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>希望法名</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> 釋（尼）</t>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -457,51 +433,51 @@
       <charset val="128"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="游明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="游明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="36">
+  <borders count="37">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="hair">
         <color auto="1"/>
       </left>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="hair">
         <color auto="1"/>
       </top>
       <bottom/>
@@ -842,316 +818,350 @@
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="dotted">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="dotted">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="hair">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="hair">
+        <color auto="1"/>
+      </top>
+      <bottom style="dotted">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="87">
+  <cellXfs count="94">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" shrinkToFit="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...82 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-[...19 lines deleted...]
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
@@ -1434,1713 +1444,1713 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E7B2FFE-55CB-4762-8FC3-1C0DE02B07AD}">
   <dimension ref="A1:AD49"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A16" workbookViewId="0">
-      <selection activeCell="AQ20" sqref="AQ20"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="AI10" sqref="AI10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="2.69921875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="16384" width="2.69921875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="36" t="s">
+      <c r="A1" s="62" t="s">
         <v>4</v>
       </c>
-      <c r="B1" s="36"/>
-[...27 lines deleted...]
-      <c r="AD1" s="36"/>
+      <c r="B1" s="62"/>
+      <c r="C1" s="62"/>
+      <c r="D1" s="62"/>
+      <c r="E1" s="62"/>
+      <c r="F1" s="62"/>
+      <c r="G1" s="62"/>
+      <c r="H1" s="62"/>
+      <c r="I1" s="62"/>
+      <c r="J1" s="62"/>
+      <c r="K1" s="62"/>
+      <c r="L1" s="62"/>
+      <c r="M1" s="62"/>
+      <c r="N1" s="62"/>
+      <c r="O1" s="62"/>
+      <c r="P1" s="62"/>
+      <c r="Q1" s="62"/>
+      <c r="R1" s="62"/>
+      <c r="S1" s="62"/>
+      <c r="T1" s="62"/>
+      <c r="U1" s="62"/>
+      <c r="V1" s="62"/>
+      <c r="W1" s="62"/>
+      <c r="X1" s="62"/>
+      <c r="Y1" s="62"/>
+      <c r="Z1" s="62"/>
+      <c r="AA1" s="62"/>
+      <c r="AB1" s="62"/>
+      <c r="AC1" s="62"/>
+      <c r="AD1" s="62"/>
     </row>
     <row r="2" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="49" t="s">
+      <c r="A2" s="59" t="s">
         <v>20</v>
       </c>
-      <c r="B2" s="49"/>
-[...27 lines deleted...]
-      <c r="AD2" s="49"/>
+      <c r="B2" s="59"/>
+      <c r="C2" s="59"/>
+      <c r="D2" s="59"/>
+      <c r="E2" s="59"/>
+      <c r="F2" s="59"/>
+      <c r="G2" s="59"/>
+      <c r="H2" s="59"/>
+      <c r="I2" s="59"/>
+      <c r="J2" s="59"/>
+      <c r="K2" s="59"/>
+      <c r="L2" s="59"/>
+      <c r="M2" s="59"/>
+      <c r="N2" s="59"/>
+      <c r="O2" s="59"/>
+      <c r="P2" s="59"/>
+      <c r="Q2" s="59"/>
+      <c r="R2" s="59"/>
+      <c r="S2" s="59"/>
+      <c r="T2" s="59"/>
+      <c r="U2" s="59"/>
+      <c r="V2" s="59"/>
+      <c r="W2" s="59"/>
+      <c r="X2" s="59"/>
+      <c r="Y2" s="59"/>
+      <c r="Z2" s="59"/>
+      <c r="AA2" s="59"/>
+      <c r="AB2" s="59"/>
+      <c r="AC2" s="59"/>
+      <c r="AD2" s="59"/>
     </row>
     <row r="3" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A3" s="49"/>
-[...28 lines deleted...]
-      <c r="AD3" s="49"/>
+      <c r="A3" s="59"/>
+      <c r="B3" s="59"/>
+      <c r="C3" s="59"/>
+      <c r="D3" s="59"/>
+      <c r="E3" s="59"/>
+      <c r="F3" s="59"/>
+      <c r="G3" s="59"/>
+      <c r="H3" s="59"/>
+      <c r="I3" s="59"/>
+      <c r="J3" s="59"/>
+      <c r="K3" s="59"/>
+      <c r="L3" s="59"/>
+      <c r="M3" s="59"/>
+      <c r="N3" s="59"/>
+      <c r="O3" s="59"/>
+      <c r="P3" s="59"/>
+      <c r="Q3" s="59"/>
+      <c r="R3" s="59"/>
+      <c r="S3" s="59"/>
+      <c r="T3" s="59"/>
+      <c r="U3" s="59"/>
+      <c r="V3" s="59"/>
+      <c r="W3" s="59"/>
+      <c r="X3" s="59"/>
+      <c r="Y3" s="59"/>
+      <c r="Z3" s="59"/>
+      <c r="AA3" s="59"/>
+      <c r="AB3" s="59"/>
+      <c r="AC3" s="59"/>
+      <c r="AD3" s="59"/>
     </row>
     <row r="5" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A5" s="37" t="s">
+      <c r="A5" s="63" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="10"/>
-[...19 lines deleted...]
-      <c r="V5" s="11"/>
+      <c r="B5" s="64"/>
+      <c r="C5" s="64"/>
+      <c r="D5" s="65"/>
+      <c r="E5" s="82"/>
+      <c r="F5" s="64"/>
+      <c r="G5" s="64"/>
+      <c r="H5" s="64"/>
+      <c r="I5" s="64"/>
+      <c r="J5" s="64"/>
+      <c r="K5" s="64"/>
+      <c r="L5" s="64"/>
+      <c r="M5" s="65"/>
+      <c r="N5" s="82"/>
+      <c r="O5" s="64"/>
+      <c r="P5" s="64"/>
+      <c r="Q5" s="64"/>
+      <c r="R5" s="64"/>
+      <c r="S5" s="64"/>
+      <c r="T5" s="64"/>
+      <c r="U5" s="64"/>
+      <c r="V5" s="83"/>
     </row>
     <row r="6" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A6" s="51" t="s">
+      <c r="A6" s="27" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" s="25"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="28"/>
+      <c r="E6" s="71" t="s">
+        <v>6</v>
+      </c>
+      <c r="F6" s="72"/>
+      <c r="G6" s="25"/>
+      <c r="H6" s="25"/>
+      <c r="I6" s="25"/>
+      <c r="J6" s="25"/>
+      <c r="K6" s="25"/>
+      <c r="L6" s="25"/>
+      <c r="M6" s="25"/>
+      <c r="N6" s="71" t="s">
+        <v>7</v>
+      </c>
+      <c r="O6" s="72"/>
+      <c r="P6" s="25"/>
+      <c r="Q6" s="25"/>
+      <c r="R6" s="25"/>
+      <c r="S6" s="25"/>
+      <c r="T6" s="25"/>
+      <c r="U6" s="25"/>
+      <c r="V6" s="35"/>
+      <c r="Y6" s="68" t="s">
         <v>31</v>
       </c>
-      <c r="B6" s="12"/>
-[...30 lines deleted...]
-      <c r="AC6" s="43"/>
+      <c r="Z6" s="69"/>
+      <c r="AA6" s="69"/>
+      <c r="AB6" s="69"/>
+      <c r="AC6" s="70"/>
     </row>
     <row r="7" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A7" s="51"/>
-[...25 lines deleted...]
-      <c r="AC7" s="40"/>
+      <c r="A7" s="27"/>
+      <c r="B7" s="25"/>
+      <c r="C7" s="25"/>
+      <c r="D7" s="28"/>
+      <c r="E7" s="71"/>
+      <c r="F7" s="72"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+      <c r="J7" s="25"/>
+      <c r="K7" s="25"/>
+      <c r="L7" s="25"/>
+      <c r="M7" s="25"/>
+      <c r="N7" s="71"/>
+      <c r="O7" s="72"/>
+      <c r="P7" s="25"/>
+      <c r="Q7" s="25"/>
+      <c r="R7" s="25"/>
+      <c r="S7" s="25"/>
+      <c r="T7" s="25"/>
+      <c r="U7" s="25"/>
+      <c r="V7" s="35"/>
+      <c r="Y7" s="66"/>
+      <c r="Z7" s="25"/>
+      <c r="AA7" s="25"/>
+      <c r="AB7" s="25"/>
+      <c r="AC7" s="67"/>
     </row>
     <row r="8" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A8" s="53"/>
-[...25 lines deleted...]
-      <c r="AC8" s="40"/>
+      <c r="A8" s="29"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="30"/>
+      <c r="E8" s="73"/>
+      <c r="F8" s="74"/>
+      <c r="G8" s="26"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="26"/>
+      <c r="J8" s="26"/>
+      <c r="K8" s="26"/>
+      <c r="L8" s="26"/>
+      <c r="M8" s="26"/>
+      <c r="N8" s="73"/>
+      <c r="O8" s="74"/>
+      <c r="P8" s="26"/>
+      <c r="Q8" s="26"/>
+      <c r="R8" s="26"/>
+      <c r="S8" s="26"/>
+      <c r="T8" s="26"/>
+      <c r="U8" s="26"/>
+      <c r="V8" s="34"/>
+      <c r="Y8" s="66"/>
+      <c r="Z8" s="25"/>
+      <c r="AA8" s="25"/>
+      <c r="AB8" s="25"/>
+      <c r="AC8" s="67"/>
     </row>
     <row r="9" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A9" s="51" t="s">
+      <c r="A9" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="B9" s="12"/>
-[...9 lines deleted...]
-      <c r="L9" s="12" t="s">
+      <c r="B9" s="25"/>
+      <c r="C9" s="25"/>
+      <c r="D9" s="28"/>
+      <c r="E9" s="47" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" s="25"/>
+      <c r="G9" s="25"/>
+      <c r="H9" s="25"/>
+      <c r="I9" s="25"/>
+      <c r="L9" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="M9" s="18"/>
-[...1 lines deleted...]
-      <c r="O9" s="12" t="s">
+      <c r="M9" s="38"/>
+      <c r="N9" s="38"/>
+      <c r="O9" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="P9" s="18"/>
-[...1 lines deleted...]
-      <c r="R9" s="12" t="s">
+      <c r="P9" s="38"/>
+      <c r="Q9" s="38"/>
+      <c r="R9" s="25" t="s">
         <v>12</v>
       </c>
-      <c r="S9" s="18"/>
-[...1 lines deleted...]
-      <c r="U9" s="16" t="s">
+      <c r="S9" s="38"/>
+      <c r="T9" s="38"/>
+      <c r="U9" s="24" t="s">
         <v>13</v>
       </c>
-      <c r="V9" s="17"/>
-[...4 lines deleted...]
-      <c r="AC9" s="40"/>
+      <c r="V9" s="36"/>
+      <c r="Y9" s="66"/>
+      <c r="Z9" s="25"/>
+      <c r="AA9" s="25"/>
+      <c r="AB9" s="25"/>
+      <c r="AC9" s="67"/>
     </row>
     <row r="10" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A10" s="51"/>
-[...25 lines deleted...]
-      <c r="AC10" s="40"/>
+      <c r="A10" s="27"/>
+      <c r="B10" s="25"/>
+      <c r="C10" s="25"/>
+      <c r="D10" s="28"/>
+      <c r="E10" s="47"/>
+      <c r="F10" s="25"/>
+      <c r="G10" s="25"/>
+      <c r="H10" s="25"/>
+      <c r="I10" s="25"/>
+      <c r="L10" s="25"/>
+      <c r="M10" s="38"/>
+      <c r="N10" s="38"/>
+      <c r="O10" s="25"/>
+      <c r="P10" s="38"/>
+      <c r="Q10" s="38"/>
+      <c r="R10" s="25"/>
+      <c r="S10" s="38"/>
+      <c r="T10" s="38"/>
+      <c r="U10" s="25"/>
+      <c r="V10" s="35"/>
+      <c r="Y10" s="66" t="s">
+        <v>21</v>
+      </c>
+      <c r="Z10" s="25"/>
+      <c r="AA10" s="25"/>
+      <c r="AB10" s="25"/>
+      <c r="AC10" s="67"/>
     </row>
     <row r="11" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A11" s="53"/>
-[...7 lines deleted...]
-      <c r="I11" s="14"/>
+      <c r="A11" s="29"/>
+      <c r="B11" s="26"/>
+      <c r="C11" s="26"/>
+      <c r="D11" s="30"/>
+      <c r="E11" s="48"/>
+      <c r="F11" s="26"/>
+      <c r="G11" s="26"/>
+      <c r="H11" s="26"/>
+      <c r="I11" s="26"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
-      <c r="L11" s="14"/>
-[...16 lines deleted...]
-      <c r="AC11" s="40"/>
+      <c r="L11" s="26"/>
+      <c r="M11" s="52"/>
+      <c r="N11" s="52"/>
+      <c r="O11" s="26"/>
+      <c r="P11" s="52"/>
+      <c r="Q11" s="52"/>
+      <c r="R11" s="26"/>
+      <c r="S11" s="52"/>
+      <c r="T11" s="52"/>
+      <c r="U11" s="26"/>
+      <c r="V11" s="34"/>
+      <c r="Y11" s="66" t="s">
+        <v>22</v>
+      </c>
+      <c r="Z11" s="25"/>
+      <c r="AA11" s="25"/>
+      <c r="AB11" s="25"/>
+      <c r="AC11" s="67"/>
     </row>
     <row r="12" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A12" s="51" t="s">
-[...10 lines deleted...]
-      <c r="H12" s="16"/>
+      <c r="A12" s="31" t="s">
+        <v>5</v>
+      </c>
+      <c r="B12" s="32"/>
+      <c r="C12" s="32"/>
+      <c r="D12" s="33"/>
+      <c r="E12" s="93"/>
+      <c r="F12" s="32"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
       <c r="I12" s="32"/>
       <c r="J12" s="32"/>
       <c r="K12" s="32"/>
       <c r="L12" s="32"/>
       <c r="M12" s="32"/>
       <c r="N12" s="32"/>
       <c r="O12" s="33"/>
-      <c r="P12" s="31" t="s">
+      <c r="P12" s="46" t="s">
         <v>8</v>
       </c>
-      <c r="Q12" s="16"/>
-[...4 lines deleted...]
-      <c r="V12" s="68"/>
+      <c r="Q12" s="55"/>
+      <c r="R12" s="49"/>
+      <c r="S12" s="49"/>
+      <c r="T12" s="49"/>
+      <c r="U12" s="49"/>
+      <c r="V12" s="50"/>
       <c r="Y12" s="6"/>
       <c r="Z12" s="7"/>
       <c r="AA12" s="7"/>
       <c r="AB12" s="7"/>
       <c r="AC12" s="8"/>
     </row>
     <row r="13" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A13" s="51"/>
-[...20 lines deleted...]
-      <c r="V13" s="69"/>
+      <c r="A13" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="84"/>
+      <c r="C13" s="84"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="87" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" s="88"/>
+      <c r="G13" s="88"/>
+      <c r="H13" s="88"/>
+      <c r="I13" s="88"/>
+      <c r="J13" s="88"/>
+      <c r="K13" s="88"/>
+      <c r="L13" s="88"/>
+      <c r="M13" s="88"/>
+      <c r="N13" s="88"/>
+      <c r="O13" s="89"/>
+      <c r="P13" s="47"/>
+      <c r="Q13" s="28"/>
+      <c r="R13" s="85"/>
+      <c r="S13" s="85"/>
+      <c r="T13" s="85"/>
+      <c r="U13" s="85"/>
+      <c r="V13" s="51"/>
+      <c r="Y13" s="86"/>
+      <c r="Z13" s="86"/>
+      <c r="AA13" s="86"/>
+      <c r="AB13" s="86"/>
+      <c r="AC13" s="86"/>
     </row>
     <row r="14" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A14" s="53"/>
-[...28 lines deleted...]
-      <c r="AD14" s="5"/>
+      <c r="A14" s="27"/>
+      <c r="B14" s="84"/>
+      <c r="C14" s="84"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="87"/>
+      <c r="F14" s="88"/>
+      <c r="G14" s="88"/>
+      <c r="H14" s="88"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="88"/>
+      <c r="K14" s="88"/>
+      <c r="L14" s="88"/>
+      <c r="M14" s="88"/>
+      <c r="N14" s="88"/>
+      <c r="O14" s="89"/>
+      <c r="P14" s="47"/>
+      <c r="Q14" s="28"/>
+      <c r="R14" s="38"/>
+      <c r="S14" s="38"/>
+      <c r="T14" s="38"/>
+      <c r="U14" s="38"/>
+      <c r="V14" s="51"/>
     </row>
     <row r="15" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A15" s="44" t="s">
+      <c r="A15" s="29"/>
+      <c r="B15" s="26"/>
+      <c r="C15" s="26"/>
+      <c r="D15" s="30"/>
+      <c r="E15" s="90"/>
+      <c r="F15" s="91"/>
+      <c r="G15" s="91"/>
+      <c r="H15" s="91"/>
+      <c r="I15" s="91"/>
+      <c r="J15" s="91"/>
+      <c r="K15" s="91"/>
+      <c r="L15" s="91"/>
+      <c r="M15" s="91"/>
+      <c r="N15" s="91"/>
+      <c r="O15" s="92"/>
+      <c r="P15" s="48"/>
+      <c r="Q15" s="30"/>
+      <c r="R15" s="52"/>
+      <c r="S15" s="52"/>
+      <c r="T15" s="52"/>
+      <c r="U15" s="52"/>
+      <c r="V15" s="53"/>
+      <c r="W15" s="4"/>
+      <c r="X15" s="5"/>
+      <c r="Y15" s="5"/>
+      <c r="Z15" s="5"/>
+      <c r="AA15" s="5"/>
+      <c r="AB15" s="5"/>
+      <c r="AC15" s="5"/>
+      <c r="AD15" s="5"/>
+    </row>
+    <row r="16" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A16" s="54" t="s">
         <v>0</v>
       </c>
-      <c r="B15" s="16"/>
-[...8 lines deleted...]
-      <c r="K15" s="16" t="s">
+      <c r="B16" s="24"/>
+      <c r="C16" s="24"/>
+      <c r="D16" s="55"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="L15" s="16"/>
-[...6 lines deleted...]
-      <c r="S15" s="16" t="s">
+      <c r="L16" s="24"/>
+      <c r="M16" s="24"/>
+      <c r="N16" s="24"/>
+      <c r="O16" s="24"/>
+      <c r="P16" s="24"/>
+      <c r="Q16" s="24"/>
+      <c r="R16" s="24"/>
+      <c r="S16" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="T15" s="16"/>
-[...5 lines deleted...]
-      <c r="Z15" s="12" t="s">
+      <c r="T16" s="24"/>
+      <c r="U16" s="24"/>
+      <c r="V16" s="24"/>
+      <c r="W16" s="25"/>
+      <c r="X16" s="25"/>
+      <c r="Y16" s="25"/>
+      <c r="Z16" s="25" t="s">
         <v>3</v>
       </c>
-      <c r="AA15" s="12"/>
-[...34 lines deleted...]
-      <c r="AD16" s="13"/>
+      <c r="AA16" s="25"/>
+      <c r="AB16" s="25"/>
+      <c r="AC16" s="25"/>
+      <c r="AD16" s="35"/>
     </row>
     <row r="17" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A17" s="51"/>
-[...28 lines deleted...]
-      <c r="AD17" s="15"/>
+      <c r="A17" s="27"/>
+      <c r="B17" s="25"/>
+      <c r="C17" s="25"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="25"/>
+      <c r="F17" s="25"/>
+      <c r="G17" s="25"/>
+      <c r="H17" s="25"/>
+      <c r="I17" s="25"/>
+      <c r="J17" s="25"/>
+      <c r="K17" s="25"/>
+      <c r="L17" s="25"/>
+      <c r="M17" s="25"/>
+      <c r="N17" s="25"/>
+      <c r="O17" s="25"/>
+      <c r="P17" s="25"/>
+      <c r="Q17" s="25"/>
+      <c r="R17" s="25"/>
+      <c r="S17" s="25"/>
+      <c r="T17" s="25"/>
+      <c r="U17" s="25"/>
+      <c r="V17" s="25"/>
+      <c r="W17" s="25"/>
+      <c r="X17" s="25"/>
+      <c r="Y17" s="25"/>
+      <c r="Z17" s="25"/>
+      <c r="AA17" s="25"/>
+      <c r="AB17" s="25"/>
+      <c r="AC17" s="25"/>
+      <c r="AD17" s="35"/>
     </row>
     <row r="18" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A18" s="51"/>
-[...3 lines deleted...]
-      <c r="E18" s="83" t="s">
+      <c r="A18" s="27"/>
+      <c r="B18" s="25"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="26"/>
+      <c r="F18" s="26"/>
+      <c r="G18" s="26"/>
+      <c r="H18" s="26"/>
+      <c r="I18" s="26"/>
+      <c r="J18" s="26"/>
+      <c r="K18" s="26"/>
+      <c r="L18" s="26"/>
+      <c r="M18" s="26"/>
+      <c r="N18" s="26"/>
+      <c r="O18" s="26"/>
+      <c r="P18" s="26"/>
+      <c r="Q18" s="26"/>
+      <c r="R18" s="26"/>
+      <c r="S18" s="26"/>
+      <c r="T18" s="26"/>
+      <c r="U18" s="26"/>
+      <c r="V18" s="26"/>
+      <c r="W18" s="26"/>
+      <c r="X18" s="26"/>
+      <c r="Y18" s="26"/>
+      <c r="Z18" s="26"/>
+      <c r="AA18" s="26"/>
+      <c r="AB18" s="26"/>
+      <c r="AC18" s="26"/>
+      <c r="AD18" s="34"/>
+    </row>
+    <row r="19" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A19" s="27"/>
+      <c r="B19" s="25"/>
+      <c r="C19" s="25"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F19" s="18"/>
+      <c r="G19" s="18"/>
+      <c r="H19" s="10"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="L19" s="21"/>
+      <c r="M19" s="12"/>
+      <c r="N19" s="12"/>
+      <c r="O19" s="12"/>
+      <c r="P19" s="23" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q19" s="23"/>
+      <c r="R19" s="12"/>
+      <c r="S19" s="9"/>
+      <c r="T19" s="11"/>
+      <c r="U19" s="9"/>
+      <c r="V19" s="11"/>
+      <c r="W19" s="10"/>
+      <c r="X19" s="9"/>
+      <c r="Y19" s="9"/>
+      <c r="Z19" s="9"/>
+      <c r="AA19" s="9"/>
+      <c r="AB19" s="9"/>
+      <c r="AC19" s="9"/>
+      <c r="AD19" s="3"/>
+    </row>
+    <row r="20" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A20" s="29"/>
+      <c r="B20" s="26"/>
+      <c r="C20" s="26"/>
+      <c r="D20" s="30"/>
+      <c r="E20" s="19"/>
+      <c r="F20" s="20"/>
+      <c r="G20" s="20"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="14"/>
+      <c r="K20" s="22" t="s">
         <v>35</v>
       </c>
-      <c r="F18" s="84"/>
-[...40 lines deleted...]
-      <c r="K19" s="75" t="s">
+      <c r="L20" s="22"/>
+      <c r="M20" s="14"/>
+      <c r="N20" s="14"/>
+      <c r="O20" s="14"/>
+      <c r="P20" s="16" t="s">
         <v>37</v>
       </c>
-      <c r="L19" s="75"/>
-[...22 lines deleted...]
-      <c r="A20" s="55" t="s">
+      <c r="Q20" s="15"/>
+      <c r="R20" s="14"/>
+      <c r="S20" s="9"/>
+      <c r="T20" s="13"/>
+      <c r="U20" s="9"/>
+      <c r="V20" s="13"/>
+      <c r="W20" s="9"/>
+      <c r="X20" s="9"/>
+      <c r="Y20" s="9"/>
+      <c r="Z20" s="9"/>
+      <c r="AA20" s="9"/>
+      <c r="AB20" s="9"/>
+      <c r="AC20" s="9"/>
+      <c r="AD20" s="3"/>
+    </row>
+    <row r="21" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A21" s="31" t="s">
         <v>5</v>
       </c>
-      <c r="B20" s="56"/>
-[...36 lines deleted...]
-      <c r="E21" s="28" t="s">
+      <c r="B21" s="32"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="33"/>
+      <c r="E21" s="32"/>
+      <c r="F21" s="32"/>
+      <c r="G21" s="32"/>
+      <c r="H21" s="32"/>
+      <c r="I21" s="32"/>
+      <c r="J21" s="32"/>
+      <c r="K21" s="32"/>
+      <c r="L21" s="32"/>
+      <c r="M21" s="32"/>
+      <c r="N21" s="32"/>
+      <c r="O21" s="32"/>
+      <c r="P21" s="32"/>
+      <c r="Q21" s="32"/>
+      <c r="R21" s="32"/>
+      <c r="S21" s="32"/>
+      <c r="T21" s="32"/>
+      <c r="U21" s="32"/>
+      <c r="V21" s="32"/>
+      <c r="W21" s="32"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="32"/>
+      <c r="AA21" s="32"/>
+      <c r="AB21" s="32"/>
+      <c r="AC21" s="32"/>
+      <c r="AD21" s="61"/>
+    </row>
+    <row r="22" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A22" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="B22" s="25"/>
+      <c r="C22" s="25"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="F22" s="78"/>
+      <c r="G22" s="78"/>
+      <c r="H22" s="78"/>
+      <c r="I22" s="78"/>
+      <c r="J22" s="78"/>
+      <c r="K22" s="78"/>
+      <c r="L22" s="78"/>
+      <c r="M22" s="78"/>
+      <c r="N22" s="78"/>
+      <c r="O22" s="78"/>
+      <c r="P22" s="78"/>
+      <c r="Q22" s="78"/>
+      <c r="R22" s="78"/>
+      <c r="S22" s="78"/>
+      <c r="T22" s="78"/>
+      <c r="U22" s="78"/>
+      <c r="V22" s="78"/>
+      <c r="W22" s="78"/>
+      <c r="X22" s="78"/>
+      <c r="Y22" s="78"/>
+      <c r="Z22" s="78"/>
+      <c r="AA22" s="78"/>
+      <c r="AB22" s="78"/>
+      <c r="AC22" s="78"/>
+      <c r="AD22" s="79"/>
+    </row>
+    <row r="23" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A23" s="27"/>
+      <c r="B23" s="25"/>
+      <c r="C23" s="25"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="77"/>
+      <c r="F23" s="78"/>
+      <c r="G23" s="78"/>
+      <c r="H23" s="78"/>
+      <c r="I23" s="78"/>
+      <c r="J23" s="78"/>
+      <c r="K23" s="78"/>
+      <c r="L23" s="78"/>
+      <c r="M23" s="78"/>
+      <c r="N23" s="78"/>
+      <c r="O23" s="78"/>
+      <c r="P23" s="78"/>
+      <c r="Q23" s="78"/>
+      <c r="R23" s="78"/>
+      <c r="S23" s="78"/>
+      <c r="T23" s="78"/>
+      <c r="U23" s="78"/>
+      <c r="V23" s="78"/>
+      <c r="W23" s="78"/>
+      <c r="X23" s="78"/>
+      <c r="Y23" s="78"/>
+      <c r="Z23" s="78"/>
+      <c r="AA23" s="78"/>
+      <c r="AB23" s="78"/>
+      <c r="AC23" s="78"/>
+      <c r="AD23" s="79"/>
+    </row>
+    <row r="24" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A24" s="27"/>
+      <c r="B24" s="25"/>
+      <c r="C24" s="25"/>
+      <c r="D24" s="28"/>
+      <c r="E24" s="77"/>
+      <c r="F24" s="78"/>
+      <c r="G24" s="78"/>
+      <c r="H24" s="78"/>
+      <c r="I24" s="78"/>
+      <c r="J24" s="78"/>
+      <c r="K24" s="78"/>
+      <c r="L24" s="78"/>
+      <c r="M24" s="78"/>
+      <c r="N24" s="78"/>
+      <c r="O24" s="78"/>
+      <c r="P24" s="78"/>
+      <c r="Q24" s="78"/>
+      <c r="R24" s="78"/>
+      <c r="S24" s="78"/>
+      <c r="T24" s="78"/>
+      <c r="U24" s="78"/>
+      <c r="V24" s="78"/>
+      <c r="W24" s="78"/>
+      <c r="X24" s="78"/>
+      <c r="Y24" s="78"/>
+      <c r="Z24" s="78"/>
+      <c r="AA24" s="78"/>
+      <c r="AB24" s="78"/>
+      <c r="AC24" s="78"/>
+      <c r="AD24" s="79"/>
+    </row>
+    <row r="25" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A25" s="27"/>
+      <c r="B25" s="25"/>
+      <c r="C25" s="25"/>
+      <c r="D25" s="28"/>
+      <c r="E25" s="77"/>
+      <c r="F25" s="78"/>
+      <c r="G25" s="78"/>
+      <c r="H25" s="78"/>
+      <c r="I25" s="78"/>
+      <c r="J25" s="78"/>
+      <c r="K25" s="78"/>
+      <c r="L25" s="78"/>
+      <c r="M25" s="78"/>
+      <c r="N25" s="78"/>
+      <c r="O25" s="78"/>
+      <c r="P25" s="78"/>
+      <c r="Q25" s="78"/>
+      <c r="R25" s="78"/>
+      <c r="S25" s="78"/>
+      <c r="T25" s="78"/>
+      <c r="U25" s="78"/>
+      <c r="V25" s="78"/>
+      <c r="W25" s="78"/>
+      <c r="X25" s="78"/>
+      <c r="Y25" s="78"/>
+      <c r="Z25" s="78"/>
+      <c r="AA25" s="78"/>
+      <c r="AB25" s="78"/>
+      <c r="AC25" s="78"/>
+      <c r="AD25" s="79"/>
+    </row>
+    <row r="26" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A26" s="27"/>
+      <c r="B26" s="25"/>
+      <c r="C26" s="25"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="25" t="s">
         <v>25</v>
       </c>
-      <c r="F21" s="29"/>
-[...126 lines deleted...]
-      <c r="E25" s="12" t="s">
+      <c r="F26" s="25"/>
+      <c r="G26" s="25"/>
+      <c r="H26" s="80"/>
+      <c r="I26" s="80"/>
+      <c r="J26" s="80"/>
+      <c r="K26" s="80"/>
+      <c r="L26" s="80"/>
+      <c r="M26" s="80"/>
+      <c r="N26" s="80"/>
+      <c r="O26" s="80"/>
+      <c r="P26" s="80"/>
+      <c r="Q26" s="80"/>
+      <c r="R26" s="80"/>
+      <c r="S26" s="80"/>
+      <c r="T26" s="80"/>
+      <c r="U26" s="80"/>
+      <c r="V26" s="80"/>
+      <c r="W26" s="80"/>
+      <c r="X26" s="80"/>
+      <c r="Y26" s="80"/>
+      <c r="Z26" s="80"/>
+      <c r="AA26" s="80"/>
+      <c r="AB26" s="80"/>
+      <c r="AC26" s="80"/>
+      <c r="AD26" s="81"/>
+    </row>
+    <row r="27" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A27" s="29"/>
+      <c r="B27" s="26"/>
+      <c r="C27" s="26"/>
+      <c r="D27" s="30"/>
+      <c r="E27" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" s="26"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="26"/>
+      <c r="J27" s="26"/>
+      <c r="K27" s="26"/>
+      <c r="L27" s="26"/>
+      <c r="M27" s="26"/>
+      <c r="N27" s="26"/>
+      <c r="O27" s="26"/>
+      <c r="P27" s="26"/>
+      <c r="Q27" s="26"/>
+      <c r="R27" s="26"/>
+      <c r="S27" s="26"/>
+      <c r="T27" s="26"/>
+      <c r="U27" s="26"/>
+      <c r="V27" s="26"/>
+      <c r="W27" s="26"/>
+      <c r="X27" s="26"/>
+      <c r="Y27" s="26"/>
+      <c r="Z27" s="26"/>
+      <c r="AA27" s="26"/>
+      <c r="AB27" s="26"/>
+      <c r="AC27" s="26"/>
+      <c r="AD27" s="34"/>
+    </row>
+    <row r="28" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A28" s="31" t="s">
+        <v>5</v>
+      </c>
+      <c r="B28" s="32"/>
+      <c r="C28" s="32"/>
+      <c r="D28" s="33"/>
+      <c r="E28" s="32"/>
+      <c r="F28" s="32"/>
+      <c r="G28" s="32"/>
+      <c r="H28" s="32"/>
+      <c r="I28" s="32"/>
+      <c r="J28" s="32"/>
+      <c r="K28" s="32"/>
+      <c r="L28" s="32"/>
+      <c r="M28" s="32"/>
+      <c r="N28" s="32"/>
+      <c r="O28" s="32"/>
+      <c r="P28" s="32"/>
+      <c r="Q28" s="32"/>
+      <c r="R28" s="32"/>
+      <c r="S28" s="32"/>
+      <c r="T28" s="32"/>
+      <c r="U28" s="32"/>
+      <c r="V28" s="32"/>
+      <c r="W28" s="32"/>
+      <c r="X28" s="32"/>
+      <c r="Y28" s="32"/>
+      <c r="Z28" s="32"/>
+      <c r="AA28" s="32"/>
+      <c r="AB28" s="32"/>
+      <c r="AC28" s="32"/>
+      <c r="AD28" s="61"/>
+    </row>
+    <row r="29" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A29" s="37" t="s">
+        <v>28</v>
+      </c>
+      <c r="B29" s="38"/>
+      <c r="C29" s="38"/>
+      <c r="D29" s="39"/>
+      <c r="E29" s="77" t="s">
+        <v>24</v>
+      </c>
+      <c r="F29" s="78"/>
+      <c r="G29" s="78"/>
+      <c r="H29" s="78"/>
+      <c r="I29" s="78"/>
+      <c r="J29" s="78"/>
+      <c r="K29" s="78"/>
+      <c r="L29" s="78"/>
+      <c r="M29" s="78"/>
+      <c r="N29" s="78"/>
+      <c r="O29" s="78"/>
+      <c r="P29" s="78"/>
+      <c r="Q29" s="78"/>
+      <c r="R29" s="78"/>
+      <c r="S29" s="78"/>
+      <c r="T29" s="78"/>
+      <c r="U29" s="78"/>
+      <c r="V29" s="78"/>
+      <c r="W29" s="78"/>
+      <c r="X29" s="78"/>
+      <c r="Y29" s="78"/>
+      <c r="Z29" s="78"/>
+      <c r="AA29" s="78"/>
+      <c r="AB29" s="78"/>
+      <c r="AC29" s="78"/>
+      <c r="AD29" s="79"/>
+    </row>
+    <row r="30" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A30" s="37"/>
+      <c r="B30" s="38"/>
+      <c r="C30" s="38"/>
+      <c r="D30" s="39"/>
+      <c r="E30" s="77"/>
+      <c r="F30" s="78"/>
+      <c r="G30" s="78"/>
+      <c r="H30" s="78"/>
+      <c r="I30" s="78"/>
+      <c r="J30" s="78"/>
+      <c r="K30" s="78"/>
+      <c r="L30" s="78"/>
+      <c r="M30" s="78"/>
+      <c r="N30" s="78"/>
+      <c r="O30" s="78"/>
+      <c r="P30" s="78"/>
+      <c r="Q30" s="78"/>
+      <c r="R30" s="78"/>
+      <c r="S30" s="78"/>
+      <c r="T30" s="78"/>
+      <c r="U30" s="78"/>
+      <c r="V30" s="78"/>
+      <c r="W30" s="78"/>
+      <c r="X30" s="78"/>
+      <c r="Y30" s="78"/>
+      <c r="Z30" s="78"/>
+      <c r="AA30" s="78"/>
+      <c r="AB30" s="78"/>
+      <c r="AC30" s="78"/>
+      <c r="AD30" s="79"/>
+    </row>
+    <row r="31" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A31" s="37"/>
+      <c r="B31" s="38"/>
+      <c r="C31" s="38"/>
+      <c r="D31" s="39"/>
+      <c r="E31" s="77"/>
+      <c r="F31" s="78"/>
+      <c r="G31" s="78"/>
+      <c r="H31" s="78"/>
+      <c r="I31" s="78"/>
+      <c r="J31" s="78"/>
+      <c r="K31" s="78"/>
+      <c r="L31" s="78"/>
+      <c r="M31" s="78"/>
+      <c r="N31" s="78"/>
+      <c r="O31" s="78"/>
+      <c r="P31" s="78"/>
+      <c r="Q31" s="78"/>
+      <c r="R31" s="78"/>
+      <c r="S31" s="78"/>
+      <c r="T31" s="78"/>
+      <c r="U31" s="78"/>
+      <c r="V31" s="78"/>
+      <c r="W31" s="78"/>
+      <c r="X31" s="78"/>
+      <c r="Y31" s="78"/>
+      <c r="Z31" s="78"/>
+      <c r="AA31" s="78"/>
+      <c r="AB31" s="78"/>
+      <c r="AC31" s="78"/>
+      <c r="AD31" s="79"/>
+    </row>
+    <row r="32" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A32" s="40" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" s="41"/>
+      <c r="C32" s="41"/>
+      <c r="D32" s="42"/>
+      <c r="E32" s="77"/>
+      <c r="F32" s="78"/>
+      <c r="G32" s="78"/>
+      <c r="H32" s="78"/>
+      <c r="I32" s="78"/>
+      <c r="J32" s="78"/>
+      <c r="K32" s="78"/>
+      <c r="L32" s="78"/>
+      <c r="M32" s="78"/>
+      <c r="N32" s="78"/>
+      <c r="O32" s="78"/>
+      <c r="P32" s="78"/>
+      <c r="Q32" s="78"/>
+      <c r="R32" s="78"/>
+      <c r="S32" s="78"/>
+      <c r="T32" s="78"/>
+      <c r="U32" s="78"/>
+      <c r="V32" s="78"/>
+      <c r="W32" s="78"/>
+      <c r="X32" s="78"/>
+      <c r="Y32" s="78"/>
+      <c r="Z32" s="78"/>
+      <c r="AA32" s="78"/>
+      <c r="AB32" s="78"/>
+      <c r="AC32" s="78"/>
+      <c r="AD32" s="79"/>
+    </row>
+    <row r="33" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A33" s="40"/>
+      <c r="B33" s="41"/>
+      <c r="C33" s="41"/>
+      <c r="D33" s="42"/>
+      <c r="E33" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="F33" s="25"/>
+      <c r="G33" s="25"/>
+      <c r="H33" s="25"/>
+      <c r="I33" s="25"/>
+      <c r="J33" s="25"/>
+      <c r="K33" s="25"/>
+      <c r="L33" s="25"/>
+      <c r="M33" s="25"/>
+      <c r="N33" s="25"/>
+      <c r="O33" s="25"/>
+      <c r="P33" s="25"/>
+      <c r="Q33" s="25"/>
+      <c r="R33" s="25"/>
+      <c r="S33" s="25"/>
+      <c r="T33" s="25"/>
+      <c r="U33" s="25"/>
+      <c r="V33" s="25"/>
+      <c r="W33" s="25"/>
+      <c r="X33" s="25"/>
+      <c r="Y33" s="25"/>
+      <c r="Z33" s="25"/>
+      <c r="AA33" s="25"/>
+      <c r="AB33" s="25"/>
+      <c r="AC33" s="25"/>
+      <c r="AD33" s="35"/>
+    </row>
+    <row r="34" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A34" s="43"/>
+      <c r="B34" s="44"/>
+      <c r="C34" s="44"/>
+      <c r="D34" s="45"/>
+      <c r="E34" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" s="26"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="26"/>
+      <c r="I34" s="26"/>
+      <c r="J34" s="26"/>
+      <c r="K34" s="26"/>
+      <c r="L34" s="26"/>
+      <c r="M34" s="26"/>
+      <c r="N34" s="26"/>
+      <c r="O34" s="26"/>
+      <c r="P34" s="26"/>
+      <c r="Q34" s="26"/>
+      <c r="R34" s="26"/>
+      <c r="S34" s="26"/>
+      <c r="T34" s="26"/>
+      <c r="U34" s="26"/>
+      <c r="V34" s="26"/>
+      <c r="W34" s="26"/>
+      <c r="X34" s="26"/>
+      <c r="Y34" s="26"/>
+      <c r="Z34" s="26"/>
+      <c r="AA34" s="26"/>
+      <c r="AB34" s="26"/>
+      <c r="AC34" s="26"/>
+      <c r="AD34" s="34"/>
+    </row>
+    <row r="35" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A35" s="54" t="s">
+        <v>14</v>
+      </c>
+      <c r="B35" s="24"/>
+      <c r="C35" s="24"/>
+      <c r="D35" s="55"/>
+      <c r="E35" s="75" t="s">
+        <v>15</v>
+      </c>
+      <c r="F35" s="76"/>
+      <c r="G35" s="76"/>
+      <c r="H35" s="24"/>
+      <c r="I35" s="24"/>
+      <c r="J35" s="24"/>
+      <c r="K35" s="24"/>
+      <c r="L35" s="24"/>
+      <c r="M35" s="24"/>
+      <c r="N35" s="24"/>
+      <c r="O35" s="24"/>
+      <c r="P35" s="75" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q35" s="76"/>
+      <c r="R35" s="76"/>
+      <c r="S35" s="76"/>
+      <c r="T35" s="76"/>
+      <c r="U35" s="24"/>
+      <c r="V35" s="24"/>
+      <c r="W35" s="24"/>
+      <c r="X35" s="24"/>
+      <c r="Y35" s="24"/>
+      <c r="Z35" s="24"/>
+      <c r="AA35" s="24"/>
+      <c r="AB35" s="24"/>
+      <c r="AC35" s="24"/>
+      <c r="AD35" s="36"/>
+    </row>
+    <row r="36" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A36" s="27"/>
+      <c r="B36" s="25"/>
+      <c r="C36" s="25"/>
+      <c r="D36" s="28"/>
+      <c r="E36" s="71"/>
+      <c r="F36" s="72"/>
+      <c r="G36" s="72"/>
+      <c r="H36" s="25"/>
+      <c r="I36" s="25"/>
+      <c r="J36" s="25"/>
+      <c r="K36" s="25"/>
+      <c r="L36" s="25"/>
+      <c r="M36" s="25"/>
+      <c r="N36" s="25"/>
+      <c r="O36" s="25"/>
+      <c r="P36" s="71"/>
+      <c r="Q36" s="72"/>
+      <c r="R36" s="72"/>
+      <c r="S36" s="72"/>
+      <c r="T36" s="72"/>
+      <c r="U36" s="25"/>
+      <c r="V36" s="25"/>
+      <c r="W36" s="25"/>
+      <c r="X36" s="25"/>
+      <c r="Y36" s="25"/>
+      <c r="Z36" s="25"/>
+      <c r="AA36" s="25"/>
+      <c r="AB36" s="25"/>
+      <c r="AC36" s="25"/>
+      <c r="AD36" s="35"/>
+    </row>
+    <row r="37" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A37" s="27"/>
+      <c r="B37" s="25"/>
+      <c r="C37" s="25"/>
+      <c r="D37" s="28"/>
+      <c r="E37" s="73"/>
+      <c r="F37" s="74"/>
+      <c r="G37" s="74"/>
+      <c r="H37" s="26"/>
+      <c r="I37" s="26"/>
+      <c r="J37" s="26"/>
+      <c r="K37" s="26"/>
+      <c r="L37" s="26"/>
+      <c r="M37" s="26"/>
+      <c r="N37" s="26"/>
+      <c r="O37" s="26"/>
+      <c r="P37" s="73"/>
+      <c r="Q37" s="74"/>
+      <c r="R37" s="74"/>
+      <c r="S37" s="74"/>
+      <c r="T37" s="74"/>
+      <c r="U37" s="26"/>
+      <c r="V37" s="26"/>
+      <c r="W37" s="26"/>
+      <c r="X37" s="26"/>
+      <c r="Y37" s="26"/>
+      <c r="Z37" s="26"/>
+      <c r="AA37" s="26"/>
+      <c r="AB37" s="26"/>
+      <c r="AC37" s="26"/>
+      <c r="AD37" s="34"/>
+    </row>
+    <row r="38" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A38" s="27"/>
+      <c r="B38" s="25"/>
+      <c r="C38" s="25"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="F38" s="25"/>
+      <c r="G38" s="25"/>
+      <c r="H38" s="25"/>
+      <c r="I38" s="25"/>
+      <c r="J38" s="25"/>
+      <c r="K38" s="25"/>
+      <c r="L38" s="25"/>
+      <c r="M38" s="25"/>
+      <c r="N38" s="25"/>
+      <c r="O38" s="25"/>
+      <c r="P38" s="25"/>
+      <c r="Q38" s="25"/>
+      <c r="R38" s="25"/>
+      <c r="S38" s="25"/>
+      <c r="T38" s="25"/>
+      <c r="U38" s="25"/>
+      <c r="V38" s="25"/>
+      <c r="W38" s="25"/>
+      <c r="X38" s="25"/>
+      <c r="Y38" s="25"/>
+      <c r="Z38" s="25"/>
+      <c r="AA38" s="25"/>
+      <c r="AB38" s="25"/>
+      <c r="AC38" s="25"/>
+      <c r="AD38" s="35"/>
+    </row>
+    <row r="39" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A39" s="29"/>
+      <c r="B39" s="26"/>
+      <c r="C39" s="26"/>
+      <c r="D39" s="30"/>
+      <c r="E39" s="26"/>
+      <c r="F39" s="26"/>
+      <c r="G39" s="26"/>
+      <c r="H39" s="26"/>
+      <c r="I39" s="26"/>
+      <c r="J39" s="26"/>
+      <c r="K39" s="26"/>
+      <c r="L39" s="26"/>
+      <c r="M39" s="26"/>
+      <c r="N39" s="26"/>
+      <c r="O39" s="26"/>
+      <c r="P39" s="26"/>
+      <c r="Q39" s="26"/>
+      <c r="R39" s="26"/>
+      <c r="S39" s="26"/>
+      <c r="T39" s="26"/>
+      <c r="U39" s="26"/>
+      <c r="V39" s="26"/>
+      <c r="W39" s="26"/>
+      <c r="X39" s="26"/>
+      <c r="Y39" s="26"/>
+      <c r="Z39" s="26"/>
+      <c r="AA39" s="26"/>
+      <c r="AB39" s="26"/>
+      <c r="AC39" s="26"/>
+      <c r="AD39" s="34"/>
+    </row>
+    <row r="40" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A40" s="54" t="s">
+        <v>27</v>
+      </c>
+      <c r="B40" s="24"/>
+      <c r="C40" s="24"/>
+      <c r="D40" s="55"/>
+      <c r="E40" s="24"/>
+      <c r="F40" s="24"/>
+      <c r="G40" s="24"/>
+      <c r="H40" s="24"/>
+      <c r="I40" s="24"/>
+      <c r="J40" s="24"/>
+      <c r="K40" s="24"/>
+      <c r="L40" s="24"/>
+      <c r="M40" s="24"/>
+      <c r="N40" s="24"/>
+      <c r="O40" s="24"/>
+      <c r="P40" s="24"/>
+      <c r="Q40" s="24"/>
+      <c r="R40" s="24"/>
+      <c r="S40" s="24"/>
+      <c r="T40" s="24"/>
+      <c r="U40" s="24"/>
+      <c r="V40" s="24"/>
+      <c r="W40" s="24"/>
+      <c r="X40" s="24"/>
+      <c r="Y40" s="24"/>
+      <c r="Z40" s="24"/>
+      <c r="AA40" s="24"/>
+      <c r="AB40" s="24"/>
+      <c r="AC40" s="24"/>
+      <c r="AD40" s="36"/>
+    </row>
+    <row r="41" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A41" s="27"/>
+      <c r="B41" s="25"/>
+      <c r="C41" s="25"/>
+      <c r="D41" s="28"/>
+      <c r="E41" s="25"/>
+      <c r="F41" s="25"/>
+      <c r="G41" s="25"/>
+      <c r="H41" s="25"/>
+      <c r="I41" s="25"/>
+      <c r="J41" s="25"/>
+      <c r="K41" s="25"/>
+      <c r="L41" s="25"/>
+      <c r="M41" s="25"/>
+      <c r="N41" s="25"/>
+      <c r="O41" s="25"/>
+      <c r="P41" s="25"/>
+      <c r="Q41" s="25"/>
+      <c r="R41" s="25"/>
+      <c r="S41" s="25"/>
+      <c r="T41" s="25"/>
+      <c r="U41" s="25"/>
+      <c r="V41" s="25"/>
+      <c r="W41" s="25"/>
+      <c r="X41" s="25"/>
+      <c r="Y41" s="25"/>
+      <c r="Z41" s="25"/>
+      <c r="AA41" s="25"/>
+      <c r="AB41" s="25"/>
+      <c r="AC41" s="25"/>
+      <c r="AD41" s="35"/>
+    </row>
+    <row r="42" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A42" s="27"/>
+      <c r="B42" s="25"/>
+      <c r="C42" s="25"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="25"/>
+      <c r="F42" s="25"/>
+      <c r="G42" s="25"/>
+      <c r="H42" s="25"/>
+      <c r="I42" s="25"/>
+      <c r="J42" s="25"/>
+      <c r="K42" s="25"/>
+      <c r="L42" s="25"/>
+      <c r="M42" s="25"/>
+      <c r="N42" s="25"/>
+      <c r="O42" s="25"/>
+      <c r="P42" s="25"/>
+      <c r="Q42" s="25"/>
+      <c r="R42" s="25"/>
+      <c r="S42" s="25"/>
+      <c r="T42" s="25"/>
+      <c r="U42" s="25"/>
+      <c r="V42" s="25"/>
+      <c r="W42" s="25"/>
+      <c r="X42" s="25"/>
+      <c r="Y42" s="25"/>
+      <c r="Z42" s="25"/>
+      <c r="AA42" s="25"/>
+      <c r="AB42" s="25"/>
+      <c r="AC42" s="25"/>
+      <c r="AD42" s="35"/>
+    </row>
+    <row r="43" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A43" s="29"/>
+      <c r="B43" s="26"/>
+      <c r="C43" s="26"/>
+      <c r="D43" s="30"/>
+      <c r="E43" s="26"/>
+      <c r="F43" s="26"/>
+      <c r="G43" s="26"/>
+      <c r="H43" s="26"/>
+      <c r="I43" s="26"/>
+      <c r="J43" s="26"/>
+      <c r="K43" s="26"/>
+      <c r="L43" s="26"/>
+      <c r="M43" s="26"/>
+      <c r="N43" s="26"/>
+      <c r="O43" s="26"/>
+      <c r="P43" s="26"/>
+      <c r="Q43" s="26"/>
+      <c r="R43" s="26"/>
+      <c r="S43" s="26"/>
+      <c r="T43" s="26"/>
+      <c r="U43" s="26"/>
+      <c r="V43" s="26"/>
+      <c r="W43" s="26"/>
+      <c r="X43" s="26"/>
+      <c r="Y43" s="26"/>
+      <c r="Z43" s="26"/>
+      <c r="AA43" s="26"/>
+      <c r="AB43" s="26"/>
+      <c r="AC43" s="26"/>
+      <c r="AD43" s="34"/>
+    </row>
+    <row r="44" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A44" s="54" t="s">
+        <v>17</v>
+      </c>
+      <c r="B44" s="24"/>
+      <c r="C44" s="24"/>
+      <c r="D44" s="55"/>
+      <c r="E44" s="24"/>
+      <c r="F44" s="24"/>
+      <c r="G44" s="24"/>
+      <c r="H44" s="24"/>
+      <c r="I44" s="24"/>
+      <c r="J44" s="24"/>
+      <c r="K44" s="24"/>
+      <c r="L44" s="24"/>
+      <c r="M44" s="24"/>
+      <c r="N44" s="24"/>
+      <c r="O44" s="24"/>
+      <c r="P44" s="24"/>
+      <c r="Q44" s="24"/>
+      <c r="R44" s="24"/>
+      <c r="S44" s="24"/>
+      <c r="T44" s="24"/>
+      <c r="U44" s="24"/>
+      <c r="V44" s="24"/>
+      <c r="W44" s="24"/>
+      <c r="X44" s="24"/>
+      <c r="Y44" s="24"/>
+      <c r="Z44" s="24"/>
+      <c r="AA44" s="24"/>
+      <c r="AB44" s="24"/>
+      <c r="AC44" s="24"/>
+      <c r="AD44" s="36"/>
+    </row>
+    <row r="45" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A45" s="27"/>
+      <c r="B45" s="25"/>
+      <c r="C45" s="25"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="25"/>
+      <c r="F45" s="25"/>
+      <c r="G45" s="25"/>
+      <c r="H45" s="25"/>
+      <c r="I45" s="25"/>
+      <c r="J45" s="25"/>
+      <c r="K45" s="25"/>
+      <c r="L45" s="25"/>
+      <c r="M45" s="25"/>
+      <c r="N45" s="25"/>
+      <c r="O45" s="25"/>
+      <c r="P45" s="25"/>
+      <c r="Q45" s="25"/>
+      <c r="R45" s="25"/>
+      <c r="S45" s="25"/>
+      <c r="T45" s="25"/>
+      <c r="U45" s="25"/>
+      <c r="V45" s="25"/>
+      <c r="W45" s="25"/>
+      <c r="X45" s="25"/>
+      <c r="Y45" s="25"/>
+      <c r="Z45" s="25"/>
+      <c r="AA45" s="25"/>
+      <c r="AB45" s="25"/>
+      <c r="AC45" s="25"/>
+      <c r="AD45" s="35"/>
+    </row>
+    <row r="46" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A46" s="27"/>
+      <c r="B46" s="25"/>
+      <c r="C46" s="25"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="25"/>
+      <c r="F46" s="25"/>
+      <c r="G46" s="25"/>
+      <c r="H46" s="25"/>
+      <c r="I46" s="25"/>
+      <c r="J46" s="25"/>
+      <c r="K46" s="25"/>
+      <c r="L46" s="25"/>
+      <c r="M46" s="25"/>
+      <c r="N46" s="25"/>
+      <c r="O46" s="25"/>
+      <c r="P46" s="25"/>
+      <c r="Q46" s="25"/>
+      <c r="R46" s="25"/>
+      <c r="S46" s="25"/>
+      <c r="T46" s="25"/>
+      <c r="U46" s="25"/>
+      <c r="V46" s="25"/>
+      <c r="W46" s="25"/>
+      <c r="X46" s="25"/>
+      <c r="Y46" s="25"/>
+      <c r="Z46" s="25"/>
+      <c r="AA46" s="25"/>
+      <c r="AB46" s="25"/>
+      <c r="AC46" s="25"/>
+      <c r="AD46" s="35"/>
+    </row>
+    <row r="47" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A47" s="29"/>
+      <c r="B47" s="26"/>
+      <c r="C47" s="26"/>
+      <c r="D47" s="30"/>
+      <c r="E47" s="26"/>
+      <c r="F47" s="26"/>
+      <c r="G47" s="26"/>
+      <c r="H47" s="26"/>
+      <c r="I47" s="26"/>
+      <c r="J47" s="26"/>
+      <c r="K47" s="26"/>
+      <c r="L47" s="26"/>
+      <c r="M47" s="26"/>
+      <c r="N47" s="26"/>
+      <c r="O47" s="26"/>
+      <c r="P47" s="26"/>
+      <c r="Q47" s="26"/>
+      <c r="R47" s="26"/>
+      <c r="S47" s="26"/>
+      <c r="T47" s="26"/>
+      <c r="U47" s="26"/>
+      <c r="V47" s="26"/>
+      <c r="W47" s="26"/>
+      <c r="X47" s="26"/>
+      <c r="Y47" s="26"/>
+      <c r="Z47" s="26"/>
+      <c r="AA47" s="26"/>
+      <c r="AB47" s="26"/>
+      <c r="AC47" s="26"/>
+      <c r="AD47" s="34"/>
+    </row>
+    <row r="48" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A48" s="54" t="s">
         <v>26</v>
       </c>
-      <c r="F25" s="12"/>
-[...787 lines deleted...]
-      <c r="AD48" s="17"/>
+      <c r="B48" s="24"/>
+      <c r="C48" s="24"/>
+      <c r="D48" s="55"/>
+      <c r="E48" s="24"/>
+      <c r="F48" s="24"/>
+      <c r="G48" s="24"/>
+      <c r="H48" s="24"/>
+      <c r="I48" s="24"/>
+      <c r="J48" s="24"/>
+      <c r="K48" s="24"/>
+      <c r="L48" s="24"/>
+      <c r="M48" s="24"/>
+      <c r="N48" s="24"/>
+      <c r="O48" s="24"/>
+      <c r="P48" s="24"/>
+      <c r="Q48" s="24"/>
+      <c r="R48" s="24"/>
+      <c r="S48" s="24"/>
+      <c r="T48" s="24"/>
+      <c r="U48" s="24"/>
+      <c r="V48" s="24"/>
+      <c r="W48" s="24"/>
+      <c r="X48" s="24"/>
+      <c r="Y48" s="24"/>
+      <c r="Z48" s="24"/>
+      <c r="AA48" s="24"/>
+      <c r="AB48" s="24"/>
+      <c r="AC48" s="24"/>
+      <c r="AD48" s="36"/>
     </row>
     <row r="49" spans="1:30" ht="15" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A49" s="46"/>
-[...28 lines deleted...]
-      <c r="AD49" s="50"/>
+      <c r="A49" s="56"/>
+      <c r="B49" s="57"/>
+      <c r="C49" s="57"/>
+      <c r="D49" s="58"/>
+      <c r="E49" s="57"/>
+      <c r="F49" s="57"/>
+      <c r="G49" s="57"/>
+      <c r="H49" s="57"/>
+      <c r="I49" s="57"/>
+      <c r="J49" s="57"/>
+      <c r="K49" s="57"/>
+      <c r="L49" s="57"/>
+      <c r="M49" s="57"/>
+      <c r="N49" s="57"/>
+      <c r="O49" s="57"/>
+      <c r="P49" s="57"/>
+      <c r="Q49" s="57"/>
+      <c r="R49" s="57"/>
+      <c r="S49" s="57"/>
+      <c r="T49" s="57"/>
+      <c r="U49" s="57"/>
+      <c r="V49" s="57"/>
+      <c r="W49" s="57"/>
+      <c r="X49" s="57"/>
+      <c r="Y49" s="57"/>
+      <c r="Z49" s="57"/>
+      <c r="AA49" s="57"/>
+      <c r="AB49" s="57"/>
+      <c r="AC49" s="57"/>
+      <c r="AD49" s="60"/>
     </row>
   </sheetData>
-  <mergeCells count="67">
-[...32 lines deleted...]
-    <mergeCell ref="E27:AD27"/>
+  <mergeCells count="68">
+    <mergeCell ref="M9:N11"/>
+    <mergeCell ref="L9:L11"/>
+    <mergeCell ref="E9:I11"/>
+    <mergeCell ref="A12:D12"/>
+    <mergeCell ref="A13:D15"/>
+    <mergeCell ref="E12:O12"/>
+    <mergeCell ref="E13:O15"/>
+    <mergeCell ref="H27:AD27"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="H26:AD26"/>
+    <mergeCell ref="E27:G27"/>
+    <mergeCell ref="S16:S18"/>
+    <mergeCell ref="Z16:AD18"/>
+    <mergeCell ref="E16:J18"/>
+    <mergeCell ref="M16:R18"/>
+    <mergeCell ref="T16:Y18"/>
     <mergeCell ref="A1:AD1"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="Y10:AC10"/>
     <mergeCell ref="Y11:AC11"/>
     <mergeCell ref="Y6:AC9"/>
     <mergeCell ref="E6:F8"/>
     <mergeCell ref="N6:O8"/>
-    <mergeCell ref="E34:G36"/>
-[...2 lines deleted...]
-    <mergeCell ref="E21:AD24"/>
     <mergeCell ref="G6:M8"/>
-    <mergeCell ref="E12:H14"/>
-[...9 lines deleted...]
-    <mergeCell ref="T15:Y17"/>
     <mergeCell ref="E5:M5"/>
     <mergeCell ref="N5:V5"/>
     <mergeCell ref="P6:V8"/>
     <mergeCell ref="U9:V11"/>
     <mergeCell ref="S9:T11"/>
     <mergeCell ref="P9:Q11"/>
     <mergeCell ref="R9:R11"/>
     <mergeCell ref="O9:O11"/>
-    <mergeCell ref="M9:N11"/>
-[...1 lines deleted...]
-    <mergeCell ref="E9:I11"/>
+    <mergeCell ref="A48:D49"/>
+    <mergeCell ref="A2:AD3"/>
+    <mergeCell ref="E48:AD49"/>
+    <mergeCell ref="E44:AD47"/>
+    <mergeCell ref="E40:AD43"/>
+    <mergeCell ref="E38:AD39"/>
+    <mergeCell ref="A40:D43"/>
+    <mergeCell ref="A44:D47"/>
+    <mergeCell ref="A6:D8"/>
+    <mergeCell ref="A28:D28"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="A35:D39"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="A22:D27"/>
+    <mergeCell ref="E21:AD21"/>
+    <mergeCell ref="E28:AD28"/>
+    <mergeCell ref="H35:O37"/>
+    <mergeCell ref="A9:D11"/>
+    <mergeCell ref="A21:D21"/>
+    <mergeCell ref="H34:AD34"/>
+    <mergeCell ref="H33:AD33"/>
+    <mergeCell ref="U35:AD37"/>
+    <mergeCell ref="A29:D31"/>
+    <mergeCell ref="A32:D34"/>
+    <mergeCell ref="P12:Q15"/>
+    <mergeCell ref="R12:V15"/>
+    <mergeCell ref="A16:D20"/>
+    <mergeCell ref="E35:G37"/>
+    <mergeCell ref="P35:T37"/>
+    <mergeCell ref="E29:AD32"/>
+    <mergeCell ref="E22:AD25"/>
+    <mergeCell ref="E19:G20"/>
+    <mergeCell ref="K19:L19"/>
+    <mergeCell ref="K20:L20"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="K16:L18"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.78740157480314965" right="0.39370078740157483" top="0.59055118110236227" bottom="0.59055118110236227" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>